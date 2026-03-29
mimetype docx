--- v0 (2026-02-03)
+++ v1 (2026-03-29)
@@ -1,4526 +1,4309 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4665EB62" w14:textId="77777777" w:rsidR="00D16AED" w:rsidRPr="00D16AED" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
+    <w:p w14:paraId="4665EB62" w14:textId="77777777" w:rsidR="00D16AED" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D16AED">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GUIDELINES FOR AUTHORS PREPARING MANUSCRIPTS FOR PUBLICATION IN THE SCIENCE JOURNAL OF THE UNIVERSITY OF ZAKHO (SJUOZ)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F03DF60" w14:textId="77777777" w:rsidR="00D16AED" w:rsidRDefault="00D16AED" w:rsidP="00D16AED"/>
-    <w:p w14:paraId="629D385F" w14:textId="227FDCD8" w:rsidR="00D16AED" w:rsidRPr="00B24629" w:rsidRDefault="00D16AED" w:rsidP="00B24629">
+    <w:p w14:paraId="4F03DF60" w14:textId="77777777" w:rsidR="00D16AED" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00D16AED"/>
+    <w:p w14:paraId="629D385F" w14:textId="227FDCD8" w:rsidR="00D16AED" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00B24629">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B24629">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Basim.</w:t>
       </w:r>
-      <w:r w:rsidR="00B24629">
+      <w:r w:rsidR="00B24629" w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B24629">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">S. A. Al Sulivany </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B24629">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1,</w:t>
       </w:r>
-      <w:r w:rsidR="00B24629">
+      <w:r w:rsidR="00B24629" w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B24629">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B24629">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, Khalid S. Ibrahim</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B24629">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B24629">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, Jasim M. Abdo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B24629">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00B24629">
+      <w:r w:rsidR="00B24629" w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B24629">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00B24629">
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mohammad H. Abdulwahab</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00B24629" w:rsidRPr="00B24629">
+      <w:r w:rsidR="00B24629" w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B24629">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Edward XXX</w:t>
       </w:r>
-      <w:r w:rsidR="00B24629" w:rsidRPr="00B24629">
+      <w:r w:rsidR="00B24629" w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2585E09F" w14:textId="77777777" w:rsidR="00D16AED" w:rsidRDefault="00D16AED" w:rsidP="00D16AED"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00B24629">
+    <w:p w14:paraId="2585E09F" w14:textId="77777777" w:rsidR="00D16AED" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00D16AED"/>
+    <w:p w14:paraId="44886DD4" w14:textId="1E480417" w:rsidR="00D16AED" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D16AED">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Department of Biology, College of Science, University of Zakho, Zakho, Kurdistan Region, Iraq.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40EA2546" w14:textId="4BD1B3FB" w:rsidR="00D16AED" w:rsidRPr="00D16AED" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B24629">
+    <w:p w14:paraId="40EA2546" w14:textId="4BD1B3FB" w:rsidR="00D16AED" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D16AED">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Department of Environment, College of Science, University of Zakho, Zakho, Kurdistan Region, Iraq.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A4BE4D" w14:textId="46F284EA" w:rsidR="00D16AED" w:rsidRPr="00D16AED" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B24629">
+    <w:p w14:paraId="71A4BE4D" w14:textId="46F284EA" w:rsidR="00D16AED" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D16AED">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Computer, College of Science, University of Zakho, Zakho, Kurdistan Region, Iraq. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="582581F0" w14:textId="60E1F1F4" w:rsidR="00D16AED" w:rsidRPr="00D16AED" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B24629">
+    <w:p w14:paraId="582581F0" w14:textId="60E1F1F4" w:rsidR="00D16AED" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D16AED">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Department of Computer, College of Science, University of Zakho, Zakho, Kurdistan Region, Iraq.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="583BE7F3" w14:textId="77777777" w:rsidR="00D16AED" w:rsidRPr="00D16AED" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
-[...8 lines deleted...]
-    <w:p w14:paraId="00000090" w14:textId="3DB5AB6E" w:rsidR="007E04A3" w:rsidRDefault="00D16AED" w:rsidP="00B24629">
+    <w:p w14:paraId="583BE7F3" w14:textId="77777777" w:rsidR="00D16AED" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00000090" w14:textId="3DB5AB6E" w:rsidR="007E04A3" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00B24629">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D16AED">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">* Corresponding author. E-mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00D16AED">
+        <w:r w:rsidRPr="00183A22">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+            <w:color w:val="auto"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>basim.ahmed@uoz.edu.krd</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00D16AED">
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (Tel.: +964-7504504417)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FBF222C" w14:textId="77777777" w:rsidR="00D16AED" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D7730C1" w14:textId="31D45B2B" w:rsidR="00D16AED" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ABASTRACT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCA3B7E" w14:textId="57CB8985" w:rsidR="00D16AED" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00B87B25">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The submitted manuscript must not exceed 16 single-spaced pages; preferably, not more than </w:t>
+      </w:r>
+      <w:r w:rsidR="00343902" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>60</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">00 words for original articles and </w:t>
+      </w:r>
+      <w:r w:rsidR="00343902" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>70</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">00 words for review articles (A4 size), </w:t>
+      </w:r>
+      <w:r w:rsidR="00B87B25" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>however, a slight longer length may be acceptable if needed to ensure clarity and completenes</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87B25" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87B25" w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D16AED">
-[...105 lines deleted...]
-      <w:r w:rsidRPr="00D16AED">
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">using the Times New Roman font at a 9-point size. The page word limitation applies to the entire document, including the manuscript title, authors’ names and affiliations, abstract, keywords, introduction, materials and methods, results with figures and tables, discussion, conclusion, acknowledgements, ethical statement, author contributions statement, funding, and conflict of interest. All the text must be single-spaced and justified. The abstract section should begin with the heading abstract, written in bold, capital letters, aligned to the left. The abstract is mandatory and should be written as a single, well-structured paragraph </w:t>
+      </w:r>
+      <w:r w:rsidR="004D49B2" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and preferably </w:t>
+      </w:r>
+      <w:r w:rsidR="005510E6" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be limited to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>250 words</w:t>
+      </w:r>
+      <w:r w:rsidR="005510E6" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004D49B2" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005510E6" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>however, e</w:t>
+      </w:r>
+      <w:r w:rsidR="004D49B2" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">xtra words </w:t>
+      </w:r>
+      <w:r w:rsidR="005510E6" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>may be acceptable if neede</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87B25" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="005510E6" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to ensure clarity and completene</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87B25" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ss.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> It should concisely summarize the study in language accessible to non-specialist readers. Within this word limit, authors should emphasize the most essential background information, key assumptions, methods employed, principal results, and the main conclusions of the work. Any abbreviations used must be defined at their first occurrence, and reference citations are not permitted in the abstract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22590D78" w14:textId="77777777" w:rsidR="00D16AED" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D666D04" w14:textId="77777777" w:rsidR="00D16AED" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>KEYWORDS:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D16AED">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Manuscripts, SJUOZ, University of Zakho, Guidelines, Template.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DF14F82" w14:textId="77777777" w:rsidR="00D16AED" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
-[...8 lines deleted...]
-    <w:p w14:paraId="702DE0F1" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="008F64CC" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="6DF14F82" w14:textId="77777777" w:rsidR="00D16AED" w:rsidRPr="00183A22" w:rsidRDefault="00D16AED" w:rsidP="00D16AED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="702DE0F1" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:t>INTRODUCTION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B1B681A" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00B24629">
+    <w:p w14:paraId="2B1B681A" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00B24629">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Page Layout, Spacing, and Margins</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55756C4F" w14:textId="53029B79" w:rsidR="00343902" w:rsidRPr="0079065A" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="55756C4F" w14:textId="1F8DFFAA" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0079065A">
-[...252 lines deleted...]
-        <w:t>text must be single-spaced and justified.</w:t>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The submitted manuscript must not exceed 16 single-spaced pages; preferably, not more than 6000 words for original articles and 7000 words for review articles (A4 size)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87B25" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, however, a slight longer length may be acceptable if needed to ensure clarity and completeness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, using the Times New Roman font at a 9-point size. The page word limitation applies to the entire document, including the manuscript title, authors’ names and affiliations, abstract, keywords, introduction, materials and methods, results with figures and tables, discussion, conclusion, acknowledgements, ethical statement, author contributions statement, funding, and conflict of interest. All the text must be single-spaced and justified.</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_b6xgnf5c85te" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkStart w:id="1" w:name="_bw3j4g6l1pgj" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkStart w:id="2" w:name="_e6gv9k7pp92q" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="14C8FBC0" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="14C8FBC0" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D6EC18C" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00B24629">
+    <w:p w14:paraId="7D6EC18C" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00B24629">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="160" w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_92vcpef933sn" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MANUSCRIPT STRUCTURE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D041F08" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="1D041F08" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Manuscripts must be written entirely in English and should not exceed 16 pages in length. The manuscript should have the following structure:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42274375" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="42274375" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Manuscript Title</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7753B944" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="7753B944" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Authors’ Names and Affiliations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61F756C5" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="61F756C5" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Corresponding author’s e-mail address and phone number </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68C8A126" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="68C8A126" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Abstract </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73DB29FC" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="73DB29FC" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.1 Graphical abstract (Optional)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39E69A10" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="39E69A10" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EB138D8" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="5EB138D8" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Graphical abstract (Optional).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FDE98ED" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="4FDE98ED" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_e06lkj9w6ki2" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Main Body of Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E7A548" w14:textId="77777777" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="47E7A548" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6.1 INTRODUCTION </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB0BF54" w14:textId="4B19B27E" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="1BB0BF54" w14:textId="4B19B27E" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-    <w:p w14:paraId="49159E52" w14:textId="77777777" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.2MATERIALS AND METHODS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49159E52" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6.3 RESULTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74B8A7A0" w14:textId="028F289C" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="74B8A7A0" w14:textId="028F289C" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6.4 DISCUSSION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B03A061" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="6B03A061" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6.5 CONCLUSION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052CA1CD" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="052CA1CD" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6.6 Acknowledgements</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C47F2FE" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="1C47F2FE" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6.7 Ethical statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F41B29F" w14:textId="27A907A5" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
-[...27 lines deleted...]
-    <w:p w14:paraId="666E4803" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="0F41B29F" w14:textId="27A907A5" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">             6.8 Author Contributions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666E4803" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6.9 Conflict of Interest</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FCD9B85" w14:textId="11772E77" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="2FCD9B85" w14:textId="11772E77" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Funding</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00BB4385" w14:textId="77777777" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="00BB4385" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-    <w:p w14:paraId="48B2176F" w14:textId="2266175A" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             6.11 References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B2176F" w14:textId="2266175A" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...63 lines deleted...]
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             6.12 Supplementary Data (If requested)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7339CCAC" w14:textId="314568B4" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             6.13 Formatting Guidelines for Figures, Tables, Equations, Symbols, and Units</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B6DCA0A" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="0B6DCA0A" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TITLE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DEC9650" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="0DEC9650" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The manuscript title should be formatted in a single column, written in capital letters. It should not contain non-standardized abbreviations or compound numbers and should not exceed 25 words; the scientific names should be </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>italicized.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="484F22C6" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="484F22C6" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Authors’ Names &amp; Affiliations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF5EA1C" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="1EF5EA1C" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="2" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="2" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="2" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="320"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All authors’ given names and surnames (full or initials) must be written, and no title is required for any of the authors (like Dr., Sr., Mr., Ms., or Mrs.). The ORCID of all author(s) should be inserted above the surname. Superscript the author(s) with numbers and an asterisk (*) for the corresponding author. The author’s affiliations should be mentioned below the authors’ names. A number indicates the authors’ affiliations. Such as</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B230864" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00B24629">
+    <w:p w14:paraId="5B230864" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00B24629">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="2" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="2" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="2" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Basim S. A. Al Sulivany </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">1, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">*, Khalid S. Ibrahim </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, Jasim M. Abdo </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, and Mohammad H. Abdulwahab</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A05C475" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="6A05C475" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="2" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="none" w:sz="0" w:space="2" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="2" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Department of Biology, College of Science, University of Zakho, Zakho, Duhok, Kurdistan Region, Iraq.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4EBE6D" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="7A4EBE6D" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="2" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="none" w:sz="0" w:space="2" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="2" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Department of Environment, College of Science, University of Zakho, Zakho, Duhok, Kurdistan Region, Iraq.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39EC5A74" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="39EC5A74" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="2" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="none" w:sz="0" w:space="2" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="2" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Department of Computer, College of Science, University of Zakho, Zakho, Duhok, Kurdistan Region, Iraq.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B56DB8C" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="3B56DB8C" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="2" w:color="auto"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="none" w:sz="0" w:space="2" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="2" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="20"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E3167AC" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="0E3167AC" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Corresponding Author e-mail address and phone number</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2757E7A0" w14:textId="4ECE7CBC" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="2757E7A0" w14:textId="4ECE7CBC" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="340"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The e-mail address and phone number for the corresponding author should be written.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="725DA0D7" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="725DA0D7" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ABSTRACT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CF04F65" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="0CF04F65" w14:textId="2FC1B9DF" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00B87B25">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The abstract section should begin with the heading </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ABSTRACT, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
-[...35 lines deleted...]
-    <w:p w14:paraId="7A228FC2" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>written in bold, capital letters, aligned to the left. The abstract is mandatory and should be written as a single, well-structured paragraph of approximately 150–250 words</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87B25" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, though a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B87B25" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lsight</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B87B25" w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> increase in length may be allowed if it helps ensure clarity and completeness</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. It should concisely summarize the study in a language accessible to non-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>specialists</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> readers. Within this word limit, authors should emphasize the most essential background information, key assumptions, methods employed, principal results, and the main conclusions of the work. Any abbreviations used must be defined at their first occurrence, and reference citations are not permitted in the abstract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A228FC2" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.1 Graphical abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AF1FCEA" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="1AF1FCEA" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The graphical abstract is optional; its use is encouraged, as it draws more attention to the online article. The graphical abstract should summarize the contents of the article in a concise, pictorial form designed to capture the attention of a wide readership. Graphical abstracts should be submitted as a separate file in the online submission system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5080652A" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="5080652A" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>KEYWORDS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="226D740F" w14:textId="54F00EAA" w:rsidR="00343902" w:rsidRPr="00B24629" w:rsidRDefault="00343902" w:rsidP="00B24629">
+    <w:p w14:paraId="226D740F" w14:textId="54F00EAA" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00B24629">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>KEYWORDS:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be in bold capital letters, followed by a minimum of 4-6 keywords that are related to the main topic of the manuscript.</w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_u16e2jisqhdg" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="5C0A25FC" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00127238" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="5C0A25FC" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Main Body of Text</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C6019C7" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="0C6019C7" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_ef58tbpjoj6r" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">INTRODUCTION  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB045B2" w14:textId="186F7A15" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00B24629">
+    <w:p w14:paraId="4CB045B2" w14:textId="186F7A15" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00B24629">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Describes a concise background to the study investigation, incorporating recent and updated literature, and clearly defines the aim of the study.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14337A5B" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="14337A5B" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_rp4kknlh2vz1" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MATERIALS AND METHODS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15E9C29D" w14:textId="2C6ECDC0" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="15E9C29D" w14:textId="2C6ECDC0" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
-[...21 lines deleted...]
-    <w:p w14:paraId="50EE6AF3" w14:textId="77777777" w:rsidR="00B24629" w:rsidRPr="00681C4F" w:rsidRDefault="00B24629" w:rsidP="00343902">
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Authors must provide enough detail to allow others to replicate their experiments accurately. Appropriate references should support all techniques and methods used. Additionally, the statistical analysis software should be clearly specified, and any statistical terms, abbreviations, or symbols used should be clarified.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50EE6AF3" w14:textId="77777777" w:rsidR="00B24629" w:rsidRPr="00183A22" w:rsidRDefault="00B24629" w:rsidP="00343902">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43DBB470" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="43DBB470" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_2nxui9ewohp4" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">RESULTS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="201094D7" w14:textId="23E6EF44" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="201094D7" w14:textId="23E6EF44" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_l7bzyvwbwc0c" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The results and their significance should be presented. Tables and figures should be self-explanatory. Tables and figures should be numbered in the order in which they are mentioned in the text.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="372AC9F5" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="372AC9F5" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_wtw5qkhmz7cp" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DISCUSSION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F928B46" w14:textId="77777777" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="7F928B46" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Authors should incorporate relevant and updated references to support the study while providing a critical analysis and clear interpretation of the findings. Repetition of previously presented data should be minimized. A limitation of the work would be preferable to add at the end of the discussion. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33F60360" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00430551" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="33F60360" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00430551">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Note on Results and Discussion Sections</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F42037F" w14:textId="77777777" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="3F42037F" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00430551">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Authors are advised that the Results and Discussion sections may be presented either as two separate sections or combined into a single section, depending on the nature of the study and the clarity of presentation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C05720A" w14:textId="77777777" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="1C05720A" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Separated format (Results and Discussion):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291D9C1A" w14:textId="533E6715" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="291D9C1A" w14:textId="533E6715" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00343902">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This format is preferred for studies with extensive datasets, multiple experiments, or detailed statistical analyses. The Results section should present the findings objectively, without interpretation, while the Discussion section should provide critical interpretation, comparison with previous studies, explanation of underlying mechanisms, and discussion of limitations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FFA56E7" w14:textId="77777777" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
-      <w:pPr>
+    <w:p w14:paraId="6FFA56E7" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Combined format (Results and Discussion):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="500592F1" w14:textId="72CC01AD" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00430551">
+    <w:p w14:paraId="500592F1" w14:textId="72CC01AD" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Authors may choose to combine results and discussion into a single section when this approach enhances readability and allows for immediate interpretation of findings alongside their presentation. This format is acceptable</w:t>
       </w:r>
-      <w:r w:rsidR="00B24629">
+      <w:r w:rsidR="00B24629" w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00430551">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> particularly for concise studies or those where results and interpretation are closely interlinked.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="704E2C14" w14:textId="1FC09B51" w:rsidR="00343902" w:rsidRPr="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00430551">
+    <w:p w14:paraId="704E2C14" w14:textId="1FC09B51" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In both cases, authors must ensure clarity, logical flow, and scientific rigor</w:t>
       </w:r>
-      <w:r w:rsidR="00380772">
+      <w:r w:rsidR="00380772" w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>; avoid unnecessary repetition; and support interpretations with relevant,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00430551">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> up-to-date references. The chosen structure should facilitate a clear understanding of the study’s scientific contribution.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01FDE4B2" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="01FDE4B2" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_p6s39dl8ihjk" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="11"/>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">CONCLUSION </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BD3B734" w14:textId="527C21B2" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="6BD3B734" w14:textId="527C21B2" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
-[...35 lines deleted...]
-    <w:p w14:paraId="34282830" w14:textId="5D8500CA" w:rsidR="00343902" w:rsidRPr="00380772" w:rsidRDefault="00380772" w:rsidP="00380772">
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Conclusions of the study may be presented in a short conclusions section, which may stand alone or form a part of the discussion.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34282830" w14:textId="5D8500CA" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00380772" w:rsidP="00380772">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_n9ryybcqsq57" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00343902" w:rsidRPr="00380772">
+      <w:r w:rsidR="00343902" w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CKNOWLEDGEMENTS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B9821E5" w14:textId="6AEE7A4C" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00380772">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00681C4F">
+    <w:p w14:paraId="5B9821E5" w14:textId="6AEE7A4C" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Acknowledgements of people, institutions, organizations, and other contributions should be presented in their own dedicated section, positioned immediately after the conclusion.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76593B36" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="76593B36" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_yqqcwxiw5o70" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ethical Statement  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58416B78" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="58416B78" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
-[...35 lines deleted...]
-    <w:p w14:paraId="60C4C750" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00380772" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The manuscript must include a dedicated section on ethical approval, even when such approval is not required for the study. When ethical clearance is applicable, this section should explicitly state the approval reference number along with the date on which authorization is granted by the relevant Human Ethics Committee and/or Animal Ethics Committee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C4C750" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="160" w:after="0" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_qw9j0dvnd5nc" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="14"/>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Author Contributions </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609D6779" w14:textId="105EE526" w:rsidR="00343902" w:rsidRPr="00B24629" w:rsidRDefault="00343902" w:rsidP="00B24629">
+    <w:p w14:paraId="609D6779" w14:textId="105EE526" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00B24629">
       <w:pPr>
         <w:spacing w:before="20" w:after="20"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>An authorship statement is required for every manuscript submitted and should state who has contributed to the planning, conduct, and reporting of the work described in the article.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11976CF1" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="11976CF1" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
-[...12 lines deleted...]
-    <w:p w14:paraId="793B272C" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>Please clarify and write who was responsible for:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="793B272C" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Study concept and design:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D5ACA14" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="6D5ACA14" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Acquisition of data:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F074E49" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="4F074E49" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Analysis and interpretation of data:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66532B72" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="66532B72" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Drafting of the manuscript:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FB6A7F5" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="1FB6A7F5" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Critical revision of the manuscript for important intellectual content:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D5618ED" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="3D5618ED" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Statistical analysis:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B071B68" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="2B071B68" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Administrative, technical, and material support:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB3406B" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="4AB3406B" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>Study supervision:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BB2854" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="59BB2854" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C070816" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="7C070816" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Each author’s name must be written only by the first letter of the given name and surname. To ensure that article referees or peer reviewers do not know your identity (as author[s] of the manuscript being reviewed), submitted files (i.e., Full Manuscript File, Reply to Reviewers, Appendices, Figures, Abstract) that reviewers can see should not contain authors’ names or affiliations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34CE3193" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00380772" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="34CE3193" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="160" w:after="0" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_wbquwaye6lwu" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="15"/>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Conflict of Interest</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF1F7F5" w14:textId="0B82B7A4" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="5FF1F7F5" w14:textId="0B82B7A4" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:spacing w:before="20" w:after="20"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The authors declare that they have no conflicts of interest related to the publication or funding of this manuscript.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60C2597A" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00380772" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="60C2597A" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="160" w:after="0" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_96sxebls631x" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="16"/>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Funding</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28D13F5A" w14:textId="30CBD157" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="28D13F5A" w14:textId="30CBD157" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:spacing w:before="20" w:after="20"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Each manuscript must contain a distinct section that explicitly states whether financial support was received. If funding was obtained, this section should clearly identify the grant reference number and specify the date on which formal approval was granted by the funding organization.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E781CAF" w14:textId="68071560" w:rsidR="00343902" w:rsidRPr="001D3175" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="7E781CAF" w14:textId="68071560" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_bmpehg38svym" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F16BBB" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="60F16BBB" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Merriweather" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Science Journal of University of Zakho uses the APA referencing style. APA in-text citation style uses the author’s last name and the year of publication.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28BEDACC" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="28BEDACC" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A paragraph with an in-text citation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CDC933C" w14:textId="77777777" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00B24629">
+    <w:p w14:paraId="3CDC933C" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00B24629">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A few researchers in the linguistics field have developed training programs designed to improve native speakers’ ability to understand accented speech (Abdo &amp; Abdulwahab, 2007; Al Sulivany </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>et al.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, 2002; Ibrahim, 2004; Ibrahim, 2025). Their training techniques are based on the research described above, indicating that comprehension improves with exposure to non-native speech. Ibrahim et al. (2002) conducted their training with students preparing to be social workers, but note that other professionals who work with non-native speakers could benefit from a similar program</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="75093771" w14:textId="77777777" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00B24629">
+        <w:t>, 2002; Ibrahim, 2004; Ibrahim, 2025). Their training techniques are based on the research described above, indicating that comprehension improves with exposure to non-native speech. Ibrahim et al. (2002) conducted their training with students preparing to be social workers, but note that other professionals who work with non-native speakers could benefit from a similar program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75093771" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00B24629">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>List all references cited in the text in alphabetical order, giving the name (title) of the journal in full. List the names of all authors in the reference. The references are structured in the order: author’s surname, initials, year of publication (in parentheses), title of paper, full name of journal (in italics), volume number, issue number (within brackets), and first and last page numbers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA0D14C" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00B24629">
+    <w:p w14:paraId="7DA0D14C" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00B24629">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>References should be arranged in alphabetical order according to the author(s) name(s) and if there are more than one publication by the same author(s) in the same year, a, b, c, etc. should appear after the year.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D8A5C81" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="1D8A5C81" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DOIs of each reference must be provided</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Book titles should be in italics and followed by the publisher, the place of publication, and page numbers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="600B7922" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="600B7922" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Examples: Referencing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3332F700" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00380772">
+    <w:p w14:paraId="3332F700" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For one author in-text citation: (Ali, 2025)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reference list:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="453A992F" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00B24629" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="453A992F" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:ind w:left="360" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:color w:val="2207C1"/>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00681C4F">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ali, B. N. (2025). Molecular Detection of Drug-Resistant Genes Among </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Clostridioides</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> difficile From Diarrheic Children in Duhok City, Iraq. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Science Journal of University of Zakho</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
-[...3 lines deleted...]
-          <w:highlight w:val="white"/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
-[...12 lines deleted...]
-        <w:t>DOI:</w:t>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(2), 179-184. DOI:</w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
-        <w:r w:rsidRPr="00B24629">
+        <w:r w:rsidRPr="00183A22">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-            <w:color w:val="2207C1"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>10.25271/sjuoz.2025.13.2.1424</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00B24629">
-[...2 lines deleted...]
-          <w:color w:val="2207C1"/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74138646" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="00380772">
+    <w:p w14:paraId="74138646" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B68301E" w14:textId="77777777" w:rsidR="00380772" w:rsidRPr="00183A22" w:rsidRDefault="00380772" w:rsidP="00343902">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30122DE0" w14:textId="77777777" w:rsidR="00380772" w:rsidRPr="00183A22" w:rsidRDefault="00380772" w:rsidP="00343902">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C132258" w14:textId="370AB017" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For two authors in-text citation: (Omar &amp; Al Sulivany, 2025)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reference list:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751947A2" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
-[...7 lines deleted...]
-    <w:p w14:paraId="65DDFE7F" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00B24629" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="751947A2" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65DDFE7F" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:ind w:left="360" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:color w:val="2207C1"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00681C4F">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Omar, I., &amp; Al Sulivany, B. (2025). Sustainable Aquaculture Nutrition: Impact of Chlorella vulgaris and Iron Nanoparticles and their Combination on Growth, Hematology, and Immune Stability in the Common Carp (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cyprinus carpio</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Egyptian Journal of Aquatic Biology and Fisheries</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Merriweather" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
-[...15 lines deleted...]
-    <w:p w14:paraId="73C3D262" w14:textId="77777777" w:rsidR="00B24629" w:rsidRPr="00681C4F" w:rsidRDefault="00B24629" w:rsidP="00380772">
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>29(2), 916-938. DOI: 10.21608/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ejabf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 2025.418035</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C3D262" w14:textId="77777777" w:rsidR="00B24629" w:rsidRPr="00183A22" w:rsidRDefault="00B24629" w:rsidP="00380772">
       <w:pPr>
         <w:ind w:left="360" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="107936AA" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
-[...21 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="107936AA" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1532DA26" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>For three or more authors in-text citation: (Owais</w:t>
       </w:r>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> et al.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2025)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>Reference list:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AE794BB" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="5AE794BB" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="484848"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="484848"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="484848"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="484848"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="484848"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="340"/>
         <w:ind w:left="360" w:hanging="450"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Merriweather" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Owais, M., Mohammed, D. A., Mhammad, H. A., Al Sulivany, B. S. A., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dernekbaşı</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, S., &amp; Fazal, R. M. (2025). The Role of Silica Nanoparticles in Modulating Growth Performance, Enzyme Activity, and Heavy Metal Accumulation in Muscle Tissue of Common Carp (Cyprinus carpio. L)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Merriweather" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Merriweather" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Science Journal of University of Zakho,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Merriweather" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 13(2), 197–205. DOI: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
-        <w:r w:rsidRPr="00B24629">
+        <w:r w:rsidRPr="00183A22">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-            <w:color w:val="2207C1"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>10.25271/sjuoz.2025.13.2.1495</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0141BB3B" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="0141BB3B" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="20" w:after="20"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Books:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Matthews, 1999) &amp; (Rosenthal e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t al.,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2000)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51B86C1F" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="51B86C1F" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Matthews, J. (1999). The art of childhood and adolescence: The construction of meaning. Falmer Press.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B18C91D" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="2B18C91D" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
-[...7 lines deleted...]
-    <w:p w14:paraId="70E83965" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rosenthal, R., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rosnow</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, R. L., &amp; Rubin, D. B. (2000). Contrasts and effect sizes in behavioral research: A correlational approach. Cambridge University Press.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E83965" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17EECC0F" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="17EECC0F" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="484848"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="484848"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="484848"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="484848"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="484848"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Internet resources:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F17125F" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="3F17125F" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Author (2002). Title of website, database, or other resource; publisher name and location (if indicated); and number of pages (if known). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7328A5D1" w14:textId="77777777" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="7328A5D1" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00681C4F">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">World Health Organization. (2023). Mental health in the workplace. </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
-        <w:r w:rsidRPr="00B24629">
+        <w:r w:rsidRPr="00183A22">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-            <w:color w:val="2207C1"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.who.int/news-room/fact-sheets/detail/mental-health-in-the-workplace</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00B24629">
-[...2 lines deleted...]
-          <w:color w:val="2207C1"/>
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkStart w:id="18" w:name="_qhbj82l1j90p" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkStart w:id="19" w:name="_c963bgma6dlg" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkStart w:id="20" w:name="_wt2fc9krwi6a" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkStart w:id="21" w:name="_8vn66cwzh52b" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkStart w:id="22" w:name="_8vlajzfxrnr7" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkStart w:id="23" w:name="_ai6kvvronwzx" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="796E44EC" w14:textId="77777777" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="796E44EC" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="20" w:after="20"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="165717A2" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="001D3175" w:rsidRDefault="00343902" w:rsidP="00343902">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="165717A2" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00681C4F">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Supplementary Data (If requested)</w:t>
       </w:r>
       <w:bookmarkStart w:id="24" w:name="_e4qd8ujq51ju" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="776A21DF" w14:textId="678B80BA" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="776A21DF" w14:textId="678B80BA" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3175">
-[...21 lines deleted...]
-    <w:p w14:paraId="3DA24E97" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="001D3175" w:rsidRDefault="00343902" w:rsidP="00343902">
+      <w:r w:rsidRPr="00183A22">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Supplementary files and data should be prepared in accordance with the text requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA24E97" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="20" w:after="20"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23436453" w14:textId="30747E08" w:rsidR="00343902" w:rsidRPr="00380772" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="23436453" w14:textId="30747E08" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="180" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-          <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00681C4F">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Formatting Guidelines for Figures, Tables, Equations, Symbols, and Units</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6C8137" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00380772" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="6B6C8137" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:after="0" w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_3kammekddlzu" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="25"/>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Figures and tables: The figures and tables must be placed in the appropriate locations and aligned horizontally on the page.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA61C9B" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00380772" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="3CA61C9B" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="160" w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_dh7aourmcbfl" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="26"/>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Captions: All captions should be typed in uppercase and lowercase letters and centered. For tables, captions must appear directly above the table. Meanwhile, the figure’s caption must be directly beneath it. Use single spacing if they use more than one line. All captions are to be numbered consecutively, e.g., Figure 1, Table 2, and Figure 3.</w:t>
       </w:r>
       <w:bookmarkStart w:id="27" w:name="_xlwleom44nno" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="4BA44970" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00380772" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="4BA44970" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="160" w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Copyright: If your article contains any copyrighted illustrations or imagery, please include a statement of copyright such as © company name or the book title Copyright 20xx (fill in year). It is the author’s responsibility to obtain any necessary copyright permission. After publication, your article is distributed under the </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
-        <w:r w:rsidRPr="00380772">
+        <w:r w:rsidRPr="00183A22">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Creative Commons Attribution 4.0 License,</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and you retain the copyright.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A23370" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00380772" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="78A23370" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="160" w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_9zdydttwhnlj" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="28"/>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Equations: Equations should be numbered consecutively throughout the paper. The Equation number is enclosed in parentheses and placed flush right. Leave one blank line before and after equations:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="019C4328" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="019C4328" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>where c = constant</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62C9058F" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="62C9058F" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">            x, y = target coordinates</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54E72959" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="54E72959" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">            X0, Y0, Z0 = initial coordinates</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="432A1DF0" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00681C4F" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="432A1DF0" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="40"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00681C4F">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">            X, Y, Z = object coordinates</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="198272CC" w14:textId="359F8546" w:rsidR="00343902" w:rsidRPr="00380772" w:rsidRDefault="00343902" w:rsidP="00380772">
+    <w:p w14:paraId="198272CC" w14:textId="359F8546" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00380772">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="160" w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00343902" w:rsidRPr="00380772" w:rsidSect="00343902">
+        <w:sectPr w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidSect="00343902">
+          <w:footerReference w:type="first" r:id="rId12"/>
           <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="568" w:left="720" w:header="567" w:footer="304" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="709"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_sh7q5mlqu4xl" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="29"/>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Symbols and Units: Use the Système International Units and Symbols (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
-        <w:r w:rsidRPr="00380772">
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="00183A22">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>SI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00380772">
+      <w:r w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>). Unusual characters or symbols should be explained in a nomenclature lis</w:t>
       </w:r>
       <w:bookmarkStart w:id="30" w:name="_efhyz1mdritq" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkStart w:id="31" w:name="_Hlk183369644"/>
       <w:bookmarkEnd w:id="30"/>
-      <w:r w:rsidR="00380772">
+      <w:r w:rsidR="00380772" w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ts</w:t>
       </w:r>
-      <w:r w:rsidR="00B24629">
+      <w:r w:rsidR="00B24629" w:rsidRPr="00183A22">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:p w14:paraId="3C7AAB9D" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="0079065A" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="3C7AAB9D" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
-[...2 lines deleted...]
-        <w:sectPr w:rsidR="00343902" w:rsidRPr="0079065A" w:rsidSect="00343902">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidSect="00343902">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="709"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49168605" w14:textId="77777777" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="49168605" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:sectPr w:rsidR="00343902" w:rsidSect="00343902">
+        <w:sectPr w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidSect="00343902">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="709"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00203B72" w14:textId="77777777" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="00203B72" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="id-ID"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00343902" w:rsidSect="00343902">
+        <w:sectPr w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidSect="00343902">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="709"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F953EC8" w14:textId="77777777" w:rsidR="00343902" w:rsidRDefault="00343902" w:rsidP="00343902">
+    <w:p w14:paraId="6F953EC8" w14:textId="77777777" w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidRDefault="00343902" w:rsidP="00343902">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:bCs/>
         </w:rPr>
-        <w:sectPr w:rsidR="00343902" w:rsidSect="00343902">
+        <w:sectPr w:rsidR="00343902" w:rsidRPr="00183A22" w:rsidSect="00343902">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="709"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EC9926E" w14:textId="77777777" w:rsidR="00B24629" w:rsidRPr="00380772" w:rsidRDefault="00B24629" w:rsidP="00380772">
+    <w:p w14:paraId="1EC9926E" w14:textId="77777777" w:rsidR="00B24629" w:rsidRPr="00183A22" w:rsidRDefault="00B24629" w:rsidP="00380772">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6105"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00B24629" w:rsidRPr="00380772">
-      <w:footerReference w:type="default" r:id="rId13"/>
+    <w:sectPr w:rsidR="00B24629" w:rsidRPr="00183A22">
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7BDC575D" w14:textId="77777777" w:rsidR="003F5E29" w:rsidRDefault="003F5E29">
+    <w:p w14:paraId="3099FCC8" w14:textId="77777777" w:rsidR="003E5FEA" w:rsidRDefault="003E5FEA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4996D350" w14:textId="77777777" w:rsidR="003F5E29" w:rsidRDefault="003F5E29">
+    <w:p w14:paraId="31A775FB" w14:textId="77777777" w:rsidR="003E5FEA" w:rsidRDefault="003E5FEA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -4530,102 +4313,155 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Merriweather">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000207" w:usb1="00000002" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{F5479310-EE60-4A08-8989-D49A71745781}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId3" w:fontKey="{E0B2B685-2FA7-4F70-9531-59197130D3B0}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{D1F45EB0-F7AE-4DAA-85E4-241B5391A98F}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{A2F6428F-3950-4913-9DA3-18D54374A020}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{185E7E74-AC2E-4A19-884F-CA560DDE5F2C}"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{5545475F-68D0-49F3-B75C-FF23E472F676}"/>
-    <w:embedBold r:id="rId5" w:fontKey="{F7E39D7B-7475-4951-8D41-971F2804B188}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{682E12BF-5999-4D33-9C62-E9C1481AB449}"/>
+    <w:embedBold r:id="rId5" w:fontKey="{857614DA-08F5-4791-935D-9DC0379961E2}"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{2E744892-02EA-4795-8366-A81F040597B4}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{BCF6729A-DDD2-4339-87D7-4179463F0DDB}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{B1C5D0F3-0A0F-4F55-974B-793EDDF1DEBE}"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{1E0C4B20-99FE-4FFD-A224-9EB48FAABDCE}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1369840239"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="7DE778B5" w14:textId="2DAEE339" w:rsidR="005510E6" w:rsidRDefault="005510E6">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="1CC99F0D" w14:textId="77777777" w:rsidR="005510E6" w:rsidRDefault="005510E6">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="00000091" w14:textId="77777777" w:rsidR="007E04A3" w:rsidRDefault="007E04A3"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="25CEFB41" w14:textId="77777777" w:rsidR="003F5E29" w:rsidRDefault="003F5E29">
+    <w:p w14:paraId="4F4A9A72" w14:textId="77777777" w:rsidR="003E5FEA" w:rsidRDefault="003E5FEA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E89B918" w14:textId="77777777" w:rsidR="003F5E29" w:rsidRDefault="003F5E29">
+    <w:p w14:paraId="21E06A59" w14:textId="77777777" w:rsidR="003E5FEA" w:rsidRDefault="003E5FEA">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="054B4118"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="563A455A"/>
     <w:lvl w:ilvl="0" w:tplc="634A7606">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -6205,91 +6041,108 @@
   <w:num w:numId="9" w16cid:durableId="2016377472">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="62527546">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1424687377">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1042637126">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="22050887">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="289944321">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007E04A3"/>
     <w:rsid w:val="001523EE"/>
+    <w:rsid w:val="00183A22"/>
     <w:rsid w:val="001D3175"/>
     <w:rsid w:val="00343902"/>
     <w:rsid w:val="00380772"/>
+    <w:rsid w:val="003B05AD"/>
     <w:rsid w:val="003C4109"/>
+    <w:rsid w:val="003E5FEA"/>
     <w:rsid w:val="003F5E29"/>
+    <w:rsid w:val="004D49B2"/>
+    <w:rsid w:val="005510E6"/>
     <w:rsid w:val="00681C4F"/>
     <w:rsid w:val="006B30F1"/>
     <w:rsid w:val="00776D75"/>
     <w:rsid w:val="0078078C"/>
+    <w:rsid w:val="007A4791"/>
     <w:rsid w:val="007C5AA8"/>
     <w:rsid w:val="007E04A3"/>
+    <w:rsid w:val="00867A5E"/>
     <w:rsid w:val="008F63B0"/>
     <w:rsid w:val="00901FD7"/>
+    <w:rsid w:val="00907350"/>
     <w:rsid w:val="009216D5"/>
     <w:rsid w:val="00987C3A"/>
+    <w:rsid w:val="00A340ED"/>
+    <w:rsid w:val="00A34864"/>
     <w:rsid w:val="00B24629"/>
+    <w:rsid w:val="00B87B25"/>
+    <w:rsid w:val="00BA2CF6"/>
+    <w:rsid w:val="00C01EEC"/>
+    <w:rsid w:val="00C45485"/>
     <w:rsid w:val="00D16AED"/>
     <w:rsid w:val="00D67339"/>
     <w:rsid w:val="00DE2543"/>
     <w:rsid w:val="00E47A87"/>
+    <w:rsid w:val="00E72672"/>
+    <w:rsid w:val="00E9053D"/>
     <w:rsid w:val="00F37232"/>
     <w:rsid w:val="00FF1EFC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -6964,62 +6817,72 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00380772"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00380772"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00380772"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004D49B2"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25271/sjuoz.2025.13.2.1424" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:basim.ahmed@uoz.edu.krd" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/International_System_of_Units" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/3.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/news-room/fact-sheets/detail/mental-health-in-the-workplace" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25271/sjuoz.2025.13.2.1495" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25271/sjuoz.2025.13.2.1424" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/International_System_of_Units" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:basim.ahmed@uoz.edu.krd" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/3.0/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.who.int/news-room/fact-sheets/detail/mental-health-in-the-workplace" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.25271/sjuoz.2025.13.2.1495" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -7307,72 +7170,73 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>2326</Words>
-  <Characters>13264</Characters>
+  <Words>2383</Words>
+  <Characters>13587</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>110</Lines>
+  <Lines>113</Lines>
   <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15559</CharactersWithSpaces>
+  <CharactersWithSpaces>15939</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Alpha Store</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>4b0474af-2b38-4ec4-aee5-7269ac5a54ce</vt:lpwstr>
   </property>
 </Properties>
 </file>